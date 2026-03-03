--- v0 (2026-01-06)
+++ v1 (2026-03-03)
@@ -659,72 +659,72 @@
   <si>
     <t>www.linkedin.com/in/rienk-postuma-17990774/</t>
   </si>
   <si>
     <t>HR adviseur</t>
   </si>
   <si>
     <t>mw. C. Hendrikx</t>
   </si>
   <si>
     <t>C.</t>
   </si>
   <si>
     <t>Hendrikx</t>
   </si>
   <si>
     <t>nl.linkedin.com/in/candice-hendrikx-5177517</t>
   </si>
   <si>
     <t>Helaas staan er geen persoonlijke e-mailadressen in de database. Door de wet OPTA zijn deze niet opt-in voor derden.</t>
   </si>
   <si>
     <t>Enkele corporaties maken niet langer gebruik van een algemeen e-mailadres. In dat geval is de link van het contactformulier beschikbaar.</t>
   </si>
   <si>
-    <t>Totaal aantal Woningcorporaties: 291 stuks</t>
-[...14 lines deleted...]
-    <t>Directeur/Manager_Vastgoed/Projectontwikkeling: 241 namen beschikbaar</t>
+    <t>Totaal aantal Woningcorporaties: 286 stuks</t>
+  </si>
+  <si>
+    <t>Voorzitter RvC/RvT: 317 namen beschikbaar</t>
+  </si>
+  <si>
+    <t>Directeur/bestuurder: 355 namen beschikbaar</t>
+  </si>
+  <si>
+    <t>Directeur/Manager financiën: 214 namen beschikbaar</t>
+  </si>
+  <si>
+    <t>Directeur/Manager wonen/woondiensten: 248 namen beschikbaar</t>
+  </si>
+  <si>
+    <t>Directeur/Manager_Vastgoed/Projectontwikkeling: 237 namen beschikbaar</t>
   </si>
   <si>
     <t>Manager Bedrijfsvoering: 139 namen beschikbaar</t>
   </si>
   <si>
-    <t>Hoofd technische dienst/technisch beheer/onderhoud: 60 namen beschikbaar</t>
+    <t>Hoofd technische dienst/technisch beheer/onderhoud: 59 namen beschikbaar</t>
   </si>
   <si>
     <t>Manager ICT/Automatisering: 40 namen beschikbaar</t>
   </si>
   <si>
     <t>Hoofd personeel/HRM/P&amp;O: 24 namen beschikbaar</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>